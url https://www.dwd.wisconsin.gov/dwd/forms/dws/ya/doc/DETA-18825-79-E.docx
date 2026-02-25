--- v0 (2025-10-08)
+++ v1 (2026-02-25)
@@ -1,45 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="-296"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -841,56 +837,59 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="1080"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9401B">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Operate tools and equipment safely (i.e., drill, torch welder)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E2F026F" w14:textId="77777777" w:rsidR="00B86D5A" w:rsidRPr="00D27F91" w:rsidRDefault="00B86D5A" w:rsidP="00B86D5A">
+    <w:p w14:paraId="7E2F026F" w14:textId="004FC21B" w:rsidR="00B86D5A" w:rsidRPr="00D27F91" w:rsidRDefault="008968DB" w:rsidP="00B86D5A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D27F91">
+      <w:r>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Registered </w:t>
+      </w:r>
+      <w:r w:rsidR="00B86D5A" w:rsidRPr="00D27F91">
         <w:t>Apprenticeship Bridging Opportunities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEC19BB" w14:textId="0026B983" w:rsidR="009F4FE6" w:rsidRPr="00FC6808" w:rsidRDefault="009F4FE6" w:rsidP="009F4FE6">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC6808">
         <w:t>The following Registered Apprenticeship is available in this area:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16CDCAFD" w14:textId="77777777" w:rsidR="007C328B" w:rsidRDefault="007C328B" w:rsidP="007C328B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Heavy Equipment Operator and Operating Engineer</w:t>
       </w:r>
@@ -39326,79 +39325,75 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A9F03E5" w14:textId="77777777" w:rsidR="008B3C40" w:rsidRPr="00133824" w:rsidRDefault="008B3C40" w:rsidP="00DC6430">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008B3C40" w:rsidRPr="00133824" w:rsidSect="00735922">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="990" w:right="1440" w:bottom="990" w:left="1440" w:header="720" w:footer="453" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="236CBF8C" w14:textId="77777777" w:rsidR="00907367" w:rsidRDefault="00907367" w:rsidP="00740AFF">
+    <w:p w14:paraId="40086D05" w14:textId="77777777" w:rsidR="00CD3A64" w:rsidRDefault="00CD3A64" w:rsidP="00740AFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12972A82" w14:textId="77777777" w:rsidR="00907367" w:rsidRDefault="00907367" w:rsidP="00740AFF">
+    <w:p w14:paraId="450B9267" w14:textId="77777777" w:rsidR="00CD3A64" w:rsidRDefault="00CD3A64" w:rsidP="00740AFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -39451,60 +39446,50 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B906F12" w14:textId="085EFCCF" w:rsidR="001D1863" w:rsidRDefault="001D1863" w:rsidP="00913D13">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>YA</w:t>
     </w:r>
     <w:r w:rsidRPr="00387297">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
@@ -39562,72 +39547,80 @@
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00BE57B4">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-484625231"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="303B8769" w14:textId="73D131A6" w:rsidR="00913D13" w:rsidRPr="001D1863" w:rsidRDefault="00913D13" w:rsidP="00913D13">
+      <w:p w14:paraId="303B8769" w14:textId="0C8D99E8" w:rsidR="00913D13" w:rsidRPr="001D1863" w:rsidRDefault="00913D13" w:rsidP="00913D13">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4680"/>
           </w:tabs>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>DETA-18825-79-E</w:t>
         </w:r>
+        <w:r w:rsidR="008968DB">
+          <w:rPr>
+            <w:noProof/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (R: 12/2025)</w:t>
+        </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2041813639"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="65C326C1" w14:textId="12FF655D" w:rsidR="006A16E3" w:rsidRDefault="00DC6430" w:rsidP="00DC6430">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4680"/>
           </w:tabs>
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="16"/>
@@ -39740,100 +39733,70 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">                    </w:t>
         </w:r>
         <w:r w:rsidR="00DC6430">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>PERFORMANCE STANDARDS GUIDE</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A795F72" w14:textId="77777777" w:rsidR="00907367" w:rsidRDefault="00907367" w:rsidP="00740AFF">
+    <w:p w14:paraId="5B3F7623" w14:textId="77777777" w:rsidR="00CD3A64" w:rsidRDefault="00CD3A64" w:rsidP="00740AFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10AD4203" w14:textId="77777777" w:rsidR="00907367" w:rsidRDefault="00907367" w:rsidP="00740AFF">
+    <w:p w14:paraId="2B054270" w14:textId="77777777" w:rsidR="00CD3A64" w:rsidRDefault="00CD3A64" w:rsidP="00740AFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026C16C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBEEA016"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -44937,54 +44900,54 @@
   </w:num>
   <w:num w:numId="42" w16cid:durableId="915478507">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="489180235">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="292758077">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="167529571">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="2075270803">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1293630417">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PR8W8UTBvqprgD/eC66kycgyyL1rd1ejj67dsJVtdv62A/j8p3lLY2NQNN2Lvwb6G8viTld7j+Kl0wipVjelEw==" w:salt="hhyNZjkTTq/4jfcI6JJ3Ag=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Qq3ljAhVWP7c7ShW8FxLX1w+/dPzHIWnicHorcAuFxvBzWc3nq/qjZUfL7rQIAGv0iemNJ2GYUpFN/okvsTYuQ==" w:salt="Zyf8l+1VSF56/aGsi4eosA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00380589"/>
     <w:rsid w:val="00001E99"/>
@@ -45180,50 +45143,51 @@
     <w:rsid w:val="00361DFB"/>
     <w:rsid w:val="00364152"/>
     <w:rsid w:val="00366778"/>
     <w:rsid w:val="00370B9E"/>
     <w:rsid w:val="00371E22"/>
     <w:rsid w:val="0037409A"/>
     <w:rsid w:val="00376281"/>
     <w:rsid w:val="003765E7"/>
     <w:rsid w:val="00377B49"/>
     <w:rsid w:val="00380589"/>
     <w:rsid w:val="00380D5A"/>
     <w:rsid w:val="00384C19"/>
     <w:rsid w:val="00386FA6"/>
     <w:rsid w:val="00387297"/>
     <w:rsid w:val="003906F1"/>
     <w:rsid w:val="00390D87"/>
     <w:rsid w:val="00391FE8"/>
     <w:rsid w:val="003A342C"/>
     <w:rsid w:val="003A3CC1"/>
     <w:rsid w:val="003A427E"/>
     <w:rsid w:val="003A5185"/>
     <w:rsid w:val="003B2306"/>
     <w:rsid w:val="003B4AC0"/>
     <w:rsid w:val="003C4006"/>
     <w:rsid w:val="003C509B"/>
+    <w:rsid w:val="003C787F"/>
     <w:rsid w:val="003C7AED"/>
     <w:rsid w:val="003D00C0"/>
     <w:rsid w:val="003D1A99"/>
     <w:rsid w:val="003D3AF8"/>
     <w:rsid w:val="003E5BCC"/>
     <w:rsid w:val="003F02F7"/>
     <w:rsid w:val="003F064C"/>
     <w:rsid w:val="003F256E"/>
     <w:rsid w:val="003F4E05"/>
     <w:rsid w:val="003F588D"/>
     <w:rsid w:val="003F61AD"/>
     <w:rsid w:val="003F6A5A"/>
     <w:rsid w:val="0040221D"/>
     <w:rsid w:val="00403ACA"/>
     <w:rsid w:val="004109D5"/>
     <w:rsid w:val="004116A2"/>
     <w:rsid w:val="00411BC1"/>
     <w:rsid w:val="00411C9D"/>
     <w:rsid w:val="004141F4"/>
     <w:rsid w:val="00415D94"/>
     <w:rsid w:val="00415FEC"/>
     <w:rsid w:val="0042099F"/>
     <w:rsid w:val="00421869"/>
     <w:rsid w:val="00422EFB"/>
     <w:rsid w:val="004330E5"/>
@@ -45431,50 +45395,51 @@
     <w:rsid w:val="00811138"/>
     <w:rsid w:val="00816F44"/>
     <w:rsid w:val="0082001B"/>
     <w:rsid w:val="008237DD"/>
     <w:rsid w:val="00823CAD"/>
     <w:rsid w:val="00823EA3"/>
     <w:rsid w:val="008411EE"/>
     <w:rsid w:val="00843F95"/>
     <w:rsid w:val="008460DB"/>
     <w:rsid w:val="0084614B"/>
     <w:rsid w:val="00846CF4"/>
     <w:rsid w:val="00852E74"/>
     <w:rsid w:val="008557BF"/>
     <w:rsid w:val="00857828"/>
     <w:rsid w:val="00862286"/>
     <w:rsid w:val="00865F94"/>
     <w:rsid w:val="00866EA4"/>
     <w:rsid w:val="008704FF"/>
     <w:rsid w:val="00870C9F"/>
     <w:rsid w:val="00875128"/>
     <w:rsid w:val="00876BEF"/>
     <w:rsid w:val="00891E90"/>
     <w:rsid w:val="00892068"/>
     <w:rsid w:val="00892DC2"/>
     <w:rsid w:val="0089412B"/>
+    <w:rsid w:val="008968DB"/>
     <w:rsid w:val="008972C4"/>
     <w:rsid w:val="008A2925"/>
     <w:rsid w:val="008B0435"/>
     <w:rsid w:val="008B2572"/>
     <w:rsid w:val="008B3C40"/>
     <w:rsid w:val="008B51D0"/>
     <w:rsid w:val="008B7058"/>
     <w:rsid w:val="008B74A9"/>
     <w:rsid w:val="008C3D10"/>
     <w:rsid w:val="008C76DB"/>
     <w:rsid w:val="008C7CEB"/>
     <w:rsid w:val="008D42B0"/>
     <w:rsid w:val="008D44E4"/>
     <w:rsid w:val="008D5349"/>
     <w:rsid w:val="008D5E3A"/>
     <w:rsid w:val="008D7D50"/>
     <w:rsid w:val="008E004E"/>
     <w:rsid w:val="008E06BD"/>
     <w:rsid w:val="008E185E"/>
     <w:rsid w:val="008E6B83"/>
     <w:rsid w:val="008F0E11"/>
     <w:rsid w:val="00900974"/>
     <w:rsid w:val="00901B1E"/>
     <w:rsid w:val="00903919"/>
     <w:rsid w:val="009055B8"/>
@@ -45608,50 +45573,51 @@
     <w:rsid w:val="00B81B71"/>
     <w:rsid w:val="00B85B07"/>
     <w:rsid w:val="00B86D5A"/>
     <w:rsid w:val="00B90ACF"/>
     <w:rsid w:val="00BA0A45"/>
     <w:rsid w:val="00BA21E1"/>
     <w:rsid w:val="00BA4BC0"/>
     <w:rsid w:val="00BA4BD9"/>
     <w:rsid w:val="00BA548A"/>
     <w:rsid w:val="00BA66BB"/>
     <w:rsid w:val="00BB0DF4"/>
     <w:rsid w:val="00BB24D4"/>
     <w:rsid w:val="00BC152B"/>
     <w:rsid w:val="00BC2DAF"/>
     <w:rsid w:val="00BC55EE"/>
     <w:rsid w:val="00BC595B"/>
     <w:rsid w:val="00BC61D9"/>
     <w:rsid w:val="00BC71A5"/>
     <w:rsid w:val="00BC7AD5"/>
     <w:rsid w:val="00BD02E5"/>
     <w:rsid w:val="00BD25D0"/>
     <w:rsid w:val="00BE08BF"/>
     <w:rsid w:val="00BE57B4"/>
     <w:rsid w:val="00BF21B1"/>
     <w:rsid w:val="00BF4573"/>
+    <w:rsid w:val="00C016AD"/>
     <w:rsid w:val="00C02437"/>
     <w:rsid w:val="00C02F48"/>
     <w:rsid w:val="00C052C5"/>
     <w:rsid w:val="00C061F3"/>
     <w:rsid w:val="00C11598"/>
     <w:rsid w:val="00C1262A"/>
     <w:rsid w:val="00C14024"/>
     <w:rsid w:val="00C14405"/>
     <w:rsid w:val="00C1570D"/>
     <w:rsid w:val="00C21228"/>
     <w:rsid w:val="00C24976"/>
     <w:rsid w:val="00C25EA6"/>
     <w:rsid w:val="00C31EA6"/>
     <w:rsid w:val="00C34314"/>
     <w:rsid w:val="00C34F0F"/>
     <w:rsid w:val="00C3636C"/>
     <w:rsid w:val="00C364D4"/>
     <w:rsid w:val="00C43DCB"/>
     <w:rsid w:val="00C458B2"/>
     <w:rsid w:val="00C46895"/>
     <w:rsid w:val="00C54DAA"/>
     <w:rsid w:val="00C56797"/>
     <w:rsid w:val="00C5773E"/>
     <w:rsid w:val="00C62DE8"/>
     <w:rsid w:val="00C63999"/>
@@ -45670,50 +45636,51 @@
     <w:rsid w:val="00C93A21"/>
     <w:rsid w:val="00C9401B"/>
     <w:rsid w:val="00C96162"/>
     <w:rsid w:val="00C964A3"/>
     <w:rsid w:val="00C96FE9"/>
     <w:rsid w:val="00CA1E84"/>
     <w:rsid w:val="00CA2CC9"/>
     <w:rsid w:val="00CA3863"/>
     <w:rsid w:val="00CA4177"/>
     <w:rsid w:val="00CA4639"/>
     <w:rsid w:val="00CA5E22"/>
     <w:rsid w:val="00CA68C4"/>
     <w:rsid w:val="00CA75A9"/>
     <w:rsid w:val="00CB04FD"/>
     <w:rsid w:val="00CB06F2"/>
     <w:rsid w:val="00CB0F96"/>
     <w:rsid w:val="00CB3516"/>
     <w:rsid w:val="00CB4DFF"/>
     <w:rsid w:val="00CB5D20"/>
     <w:rsid w:val="00CC414B"/>
     <w:rsid w:val="00CC6FB5"/>
     <w:rsid w:val="00CD1D5F"/>
     <w:rsid w:val="00CD267A"/>
     <w:rsid w:val="00CD28F6"/>
     <w:rsid w:val="00CD2992"/>
+    <w:rsid w:val="00CD3A64"/>
     <w:rsid w:val="00CE7796"/>
     <w:rsid w:val="00CF094C"/>
     <w:rsid w:val="00CF0C54"/>
     <w:rsid w:val="00CF27FE"/>
     <w:rsid w:val="00D02093"/>
     <w:rsid w:val="00D03209"/>
     <w:rsid w:val="00D03937"/>
     <w:rsid w:val="00D04BDE"/>
     <w:rsid w:val="00D052FF"/>
     <w:rsid w:val="00D118DD"/>
     <w:rsid w:val="00D12891"/>
     <w:rsid w:val="00D15AAB"/>
     <w:rsid w:val="00D16475"/>
     <w:rsid w:val="00D2058A"/>
     <w:rsid w:val="00D211ED"/>
     <w:rsid w:val="00D24D34"/>
     <w:rsid w:val="00D26D0D"/>
     <w:rsid w:val="00D328BF"/>
     <w:rsid w:val="00D40CAB"/>
     <w:rsid w:val="00D410AA"/>
     <w:rsid w:val="00D42C5C"/>
     <w:rsid w:val="00D43F0A"/>
     <w:rsid w:val="00D44B45"/>
     <w:rsid w:val="00D52323"/>
     <w:rsid w:val="00D56DE2"/>
@@ -47885,51 +47852,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1973898082">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -48192,89 +48159,89 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADC50DF3-0F57-4FFC-9B98-33776455F6D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3690</Words>
-  <Characters>21033</Characters>
+  <Words>3691</Words>
+  <Characters>21043</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>175</Lines>
   <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DETA-18825-79-E,  OJL Performance Standards Guide - Heavy Equipment Operator &amp; Operating Engineer</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>State of Wisconsin</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24674</CharactersWithSpaces>
+  <CharactersWithSpaces>24685</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DETA-18825-79-E,  OJL Performance Standards Guide - Heavy Equipment Operator &amp; Operating Engineer</dc:title>
   <dc:subject>Identifies prerequisite requirements for the occupational program pathways.</dc:subject>
   <dc:creator>Department of Workforce Development</dc:creator>
   <cp:keywords>performance standards guide, performance, standards, guide, job, learning, on the job learning, apprenticeship</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="date">
-    <vt:lpwstr>08-05-2025</vt:lpwstr>
+    <vt:lpwstr>12-18-2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="division">
     <vt:lpwstr>DET</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="contact">
     <vt:lpwstr>ya@dwd.wisconsin.gov</vt:lpwstr>
   </property>
 </Properties>
 </file>