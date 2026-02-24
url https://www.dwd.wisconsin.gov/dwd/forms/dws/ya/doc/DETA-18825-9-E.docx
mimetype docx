--- v0 (2025-10-08)
+++ v1 (2026-02-24)
@@ -189,59 +189,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7E672C" w14:textId="77777777" w:rsidR="00551312" w:rsidRDefault="00551312" w:rsidP="00551312">
       <w:r w:rsidRPr="00390D87">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Length of Apprenticeship:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">   One year</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1326CF46" w14:textId="51E634ED" w:rsidR="00390D87" w:rsidRPr="00D40CAB" w:rsidRDefault="00F529BA" w:rsidP="008B2572">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">required </w:t>
       </w:r>
       <w:r w:rsidR="00390D87" w:rsidRPr="00D40CAB">
         <w:t>Competencies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9A3279" w14:textId="0DB14081" w:rsidR="00D900AE" w:rsidRDefault="00F529BA" w:rsidP="00D900AE">
+    <w:p w14:paraId="2E9A3279" w14:textId="54877389" w:rsidR="00D900AE" w:rsidRDefault="00F529BA" w:rsidP="00D900AE">
       <w:r w:rsidRPr="0030390B">
         <w:t>Youth apprentices must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> become proficient in both general employability and occupation-specific competencies.  All of these, and examples of how each can be demonstrated, are found in the following pages</w:t>
       </w:r>
       <w:r w:rsidR="00D900AE">
-        <w:t xml:space="preserve">.  All of these, and examples of how each can be demonstrated, are found in the following pages.  </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B709DF">
         <w:t xml:space="preserve">A total of </w:t>
       </w:r>
       <w:r w:rsidR="00D900AE">
         <w:t>14 occupational competencies must be learned for this occupation</w:t>
       </w:r>
       <w:r w:rsidR="003D7C37">
         <w:t>.  E</w:t>
       </w:r>
       <w:r w:rsidR="00D900AE">
         <w:t>mployers may substitute out one of these and should write in the competency they are adding.   Youth apprentices must be evaluated on these competencies at least two times each year of their apprenticeship.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4928" w:type="pct"/>
         <w:tblInd w:w="-113" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9215"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C21228" w:rsidRPr="00194DF4" w14:paraId="4833C4B0" w14:textId="77777777" w:rsidTr="00C21228">
@@ -5106,98 +5106,77 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10435463" w14:textId="77777777" w:rsidR="002046C7" w:rsidRDefault="002046C7" w:rsidP="002046C7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="140A0A33" w14:textId="5FF9F085" w:rsidR="00E55905" w:rsidRDefault="007C7F13">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7786AF74" w14:textId="17697C56" w:rsidR="001446AF" w:rsidRDefault="001446AF" w:rsidP="001446AF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>employability Skills</w:t>
       </w:r>
       <w:r w:rsidR="00820306">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Hlk124875754"/>
       <w:r w:rsidR="00820306" w:rsidRPr="007C7F13">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>(TO BE COMPLETED BY yA EMPLOYER/MENTOR)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="4C510A32" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRDefault="00E3722C" w:rsidP="00E3722C">
       <w:r>
-        <w:t xml:space="preserve">All youth apprentices must demonstrate the key employability skills listed below </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> complete the YA program.  They do so by earning at least a "Meets Expectation" rating in each.  </w:t>
+        <w:t xml:space="preserve">All youth apprentices must demonstrate the key employability skills listed below in order to complete the YA program.  They do so by earning at least a "Meets Expectation" rating in each.  </w:t>
       </w:r>
       <w:r w:rsidRPr="002046C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>At least two evaluations are required each year of a youth apprenticeship</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">At least two evaluations are required each year of a youth apprenticeship. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t>More columns are included below for those who choose to conduct more frequent reviews.</w:t>
+        <w:t xml:space="preserve"> More columns are included below for those who choose to conduct more frequent reviews.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9350" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="440"/>
         <w:gridCol w:w="8910"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E3722C" w:rsidRPr="00C052C5" w14:paraId="38CEBD50" w14:textId="77777777" w:rsidTr="007A067A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C0110DB" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRPr="00C052C5" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
@@ -6875,63 +6854,55 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Speaks clearly and writes legibly</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41870434" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> behaviors to show active listening</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Models behaviors to show active listening</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73B90339" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Applies what was read to actual practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BBD94B9" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRPr="00AB2D3A" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -9141,51 +9112,50 @@
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="12"/>
       <w:tr w:rsidR="00E3722C" w:rsidRPr="00E44172" w14:paraId="3317716D" w14:textId="77777777" w:rsidTr="007A067A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3504" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B66AC2C" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="0061235F">
-              <w:lastRenderedPageBreak/>
               <w:t>Maintain</w:t>
             </w:r>
             <w:r>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="0061235F">
               <w:t xml:space="preserve"> composure under pressure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CE7FD2F" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRPr="006627DE" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
             </w:pPr>
             <w:r w:rsidRPr="00F43012">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Examples of qualities and habits that the employee might exhibit include . . . </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AE8CED0" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRPr="006627DE" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
@@ -10399,63 +10369,55 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006627DE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Takes personal responsibility to correct problems</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41A4A2E1" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C52A1A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Models</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> behaviors that demonstrate self-discipline, reliability, and dependability</w:t>
+              <w:t>Models behaviors that demonstrate self-discipline, reliability, and dependability</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64096EDF" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRPr="0061235F" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="385" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58EF58BF" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -15085,51 +15047,50 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E3722C" w:rsidRPr="00E44172" w14:paraId="3211AECA" w14:textId="77777777" w:rsidTr="007A067A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3504" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72D4BB43" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="0061235F">
-              <w:lastRenderedPageBreak/>
               <w:t>Adapt</w:t>
             </w:r>
             <w:r>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="0061235F">
               <w:t xml:space="preserve"> to change</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6620DBDE" w14:textId="77777777" w:rsidR="00E3722C" w:rsidRDefault="00E3722C" w:rsidP="007A067A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F43012">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Examples of qualities and habits that the employee might exhibit include . . . </w:t>
             </w:r>
@@ -20828,51 +20789,50 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006973DA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3FE65ED4" w14:textId="11075004" w:rsidR="00011ACE" w:rsidRPr="00E3722C" w:rsidRDefault="00087FFE" w:rsidP="00011ACE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00987139">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">OCCUPATIONAL </w:t>
       </w:r>
       <w:r w:rsidR="000D0EE4" w:rsidRPr="00987139">
         <w:t>Competencies</w:t>
       </w:r>
       <w:r w:rsidR="00250734">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00250734">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00250734" w:rsidRPr="00E3722C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         </w:rPr>
         <w:t>(TO BE COMPLETED BY yA EMPLOYER/MENTOR)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="579FF3E1" w14:textId="4F0FA7BE" w:rsidR="0083029A" w:rsidRPr="00A87C04" w:rsidRDefault="00620B47" w:rsidP="0083029A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0030390B">
@@ -20894,73 +20854,57 @@
         <w:t xml:space="preserve">one </w:t>
       </w:r>
       <w:r>
         <w:t>competency with another occupationally appropriate skill.  That skill should be added to the competency list for assessment.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB5404">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0083029A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0083029A" w:rsidRPr="002046C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>At least two evaluations are required each year of a youth apprenticeship</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>At least two evaluations are required each year of a youth apprenticeship.</w:t>
       </w:r>
       <w:r w:rsidR="0083029A" w:rsidRPr="00247F3D">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...6 lines deleted...]
-        <w:t>More columns are included below for those who choose to conduct more frequent reviews.</w:t>
+        <w:t xml:space="preserve">  More columns are included below for those who choose to conduct more frequent reviews.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9350" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="440"/>
         <w:gridCol w:w="8910"/>
       </w:tblGrid>
       <w:tr w:rsidR="00620B47" w:rsidRPr="00C052C5" w14:paraId="008B58EC" w14:textId="77777777" w:rsidTr="007A067A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69737F52" w14:textId="77777777" w:rsidR="00620B47" w:rsidRPr="00C052C5" w:rsidRDefault="00620B47" w:rsidP="007A067A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
@@ -23741,51 +23685,50 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D7FA2" w:rsidRPr="005A3795" w14:paraId="52436E9C" w14:textId="77777777" w:rsidTr="00E55905">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7360" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DE363E9" w14:textId="77777777" w:rsidR="006D7FA2" w:rsidRPr="00893DEE" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="Heading6"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:smallCaps/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="00893DEE">
               <w:t>3. Reserve meeting/develop banquet event order (BEO)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="377C90C6" w14:textId="77777777" w:rsidR="006D7FA2" w:rsidRPr="00893DEE" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="795"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00893DEE">
               <w:t>reserve services required</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40CADF6F" w14:textId="77777777" w:rsidR="006D7FA2" w:rsidRPr="00893DEE" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -27406,51 +27349,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006973DA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D7FA2" w:rsidRPr="005A3795" w14:paraId="364A7DB7" w14:textId="77777777" w:rsidTr="00E55905">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7360" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D756A89" w14:textId="500C67B6" w:rsidR="006D7FA2" w:rsidRPr="00893DEE" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="Heading6"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="00893DEE">
               <w:t xml:space="preserve">6. Set up for </w:t>
             </w:r>
             <w:r>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="00893DEE">
               <w:t xml:space="preserve">ood </w:t>
             </w:r>
             <w:r>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00893DEE">
               <w:t xml:space="preserve">ervice per BEO, if applicable </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C84ED0D" w14:textId="77777777" w:rsidR="006D7FA2" w:rsidRPr="00893DEE" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
@@ -32131,51 +32073,50 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D7FA2" w:rsidRPr="009C2AED" w14:paraId="22D58674" w14:textId="77777777" w:rsidTr="00E55905">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7360" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="679302E0" w14:textId="77777777" w:rsidR="006D7FA2" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="Heading6"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:smallCaps/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
               <w:t>10. Respond to guest inquiries</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DE22C0A" w14:textId="77777777" w:rsidR="006D7FA2" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="795"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>acknowledge customer politely</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38C02BE3" w14:textId="77777777" w:rsidR="006D7FA2" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
@@ -36786,51 +36727,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D7FA2" w14:paraId="201554D8" w14:textId="77777777" w:rsidTr="00E55905">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7360" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73B1C579" w14:textId="0167770C" w:rsidR="006D7FA2" w:rsidRPr="00551312" w:rsidRDefault="006D7FA2" w:rsidP="006D7FA2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:outlineLvl w:val="5"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="5"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00551312">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="5"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Prepare </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="5"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00551312">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="5"/>
               </w:rPr>
               <w:t xml:space="preserve">nvoice/Process </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="5"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00551312">
               <w:rPr>
@@ -39728,64 +39668,78 @@
         </w:r>
         <w:r w:rsidR="007222A9" w:rsidRPr="00B705DB">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r w:rsidR="007222A9" w:rsidRPr="00B705DB">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="007222A9" w:rsidRPr="00B705DB">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="649EEFBE" w14:textId="359238F2" w:rsidR="007222A9" w:rsidRPr="00B705DB" w:rsidRDefault="007222A9" w:rsidP="007222A9">
+      <w:p w14:paraId="649EEFBE" w14:textId="0152D0A5" w:rsidR="007222A9" w:rsidRPr="00B705DB" w:rsidRDefault="007222A9" w:rsidP="007222A9">
         <w:pPr>
           <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00B705DB">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>DETA-18825-9-E (R. 08/2025)</w:t>
+          <w:t xml:space="preserve">DETA-18825-9-E (R. </w:t>
+        </w:r>
+        <w:r w:rsidR="000D2C8C">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00B705DB">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/2025)</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2041813639"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="37DDFB39" w14:textId="54625AE8" w:rsidR="00DC6430" w:rsidRPr="00DC6430" w:rsidRDefault="00DC6430" w:rsidP="00DC6430">
         <w:pPr>
@@ -44838,54 +44792,53 @@
   </w:num>
   <w:num w:numId="40" w16cid:durableId="521017745">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="831482054">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="854153132">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1562596781">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1496997854">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1293630417">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="SMV7cFU2PKZURDY79zodnw1XVf+NBvQxa/O8bmYMGz/IzTqlK2riQm4E4SPOPDnTUe4QqqIvvEXxTxGPg+oI7A==" w:salt="JCZJ0OiWuxdrFPIDUwJKag=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4Zgyx4fBxxvG0dX7Ra91OIJdU9f7JwiJfRjzixAq5/Xuc6RQP2nqyv/XIJChdWE+lEZIs30Ghzhq4WJ6883igA==" w:salt="VEDlyEFretcseBMnJYLpag=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00380589"/>
     <w:rsid w:val="00001E99"/>
@@ -44919,50 +44872,51 @@
     <w:rsid w:val="000647AD"/>
     <w:rsid w:val="0006556E"/>
     <w:rsid w:val="00065789"/>
     <w:rsid w:val="00066AE7"/>
     <w:rsid w:val="00066F3A"/>
     <w:rsid w:val="00067060"/>
     <w:rsid w:val="000715F8"/>
     <w:rsid w:val="00076A08"/>
     <w:rsid w:val="00080029"/>
     <w:rsid w:val="0008196E"/>
     <w:rsid w:val="00083166"/>
     <w:rsid w:val="00084F72"/>
     <w:rsid w:val="00087E89"/>
     <w:rsid w:val="00087FFE"/>
     <w:rsid w:val="000909FC"/>
     <w:rsid w:val="000914E3"/>
     <w:rsid w:val="000929F1"/>
     <w:rsid w:val="00097F33"/>
     <w:rsid w:val="000A5B33"/>
     <w:rsid w:val="000B418F"/>
     <w:rsid w:val="000B5251"/>
     <w:rsid w:val="000C2F7B"/>
     <w:rsid w:val="000C788F"/>
     <w:rsid w:val="000D0EE4"/>
     <w:rsid w:val="000D235A"/>
+    <w:rsid w:val="000D2C8C"/>
     <w:rsid w:val="000D5C2F"/>
     <w:rsid w:val="000D64C1"/>
     <w:rsid w:val="000D6DA5"/>
     <w:rsid w:val="000E129C"/>
     <w:rsid w:val="000E1C49"/>
     <w:rsid w:val="000E2E9D"/>
     <w:rsid w:val="000E750D"/>
     <w:rsid w:val="000F173D"/>
     <w:rsid w:val="000F6E7E"/>
     <w:rsid w:val="00102171"/>
     <w:rsid w:val="0010747F"/>
     <w:rsid w:val="00113534"/>
     <w:rsid w:val="00113B61"/>
     <w:rsid w:val="0012580D"/>
     <w:rsid w:val="0012613A"/>
     <w:rsid w:val="0013040E"/>
     <w:rsid w:val="00136506"/>
     <w:rsid w:val="0013691B"/>
     <w:rsid w:val="00137F44"/>
     <w:rsid w:val="001421F2"/>
     <w:rsid w:val="001446AF"/>
     <w:rsid w:val="00144A7B"/>
     <w:rsid w:val="00144C7F"/>
     <w:rsid w:val="001514E5"/>
     <w:rsid w:val="00160425"/>
@@ -44998,50 +44952,51 @@
     <w:rsid w:val="001C7C7A"/>
     <w:rsid w:val="001D5CAA"/>
     <w:rsid w:val="001D73ED"/>
     <w:rsid w:val="001E253A"/>
     <w:rsid w:val="001E55B5"/>
     <w:rsid w:val="001F11B4"/>
     <w:rsid w:val="002035D0"/>
     <w:rsid w:val="002046C7"/>
     <w:rsid w:val="00205378"/>
     <w:rsid w:val="0020610B"/>
     <w:rsid w:val="00206FB3"/>
     <w:rsid w:val="00213002"/>
     <w:rsid w:val="00213A3A"/>
     <w:rsid w:val="00233C11"/>
     <w:rsid w:val="00237016"/>
     <w:rsid w:val="00241A70"/>
     <w:rsid w:val="00250734"/>
     <w:rsid w:val="0025084B"/>
     <w:rsid w:val="0025596B"/>
     <w:rsid w:val="002559A9"/>
     <w:rsid w:val="002627C9"/>
     <w:rsid w:val="0026322F"/>
     <w:rsid w:val="0026703D"/>
     <w:rsid w:val="00274DF0"/>
     <w:rsid w:val="00274F40"/>
+    <w:rsid w:val="002767DA"/>
     <w:rsid w:val="0027777A"/>
     <w:rsid w:val="00284CE8"/>
     <w:rsid w:val="002853ED"/>
     <w:rsid w:val="00287051"/>
     <w:rsid w:val="0028786A"/>
     <w:rsid w:val="002936A9"/>
     <w:rsid w:val="00295DA0"/>
     <w:rsid w:val="0029697C"/>
     <w:rsid w:val="002A056B"/>
     <w:rsid w:val="002A07D0"/>
     <w:rsid w:val="002A0EB8"/>
     <w:rsid w:val="002A442C"/>
     <w:rsid w:val="002A61A6"/>
     <w:rsid w:val="002A700C"/>
     <w:rsid w:val="002A726E"/>
     <w:rsid w:val="002A77E2"/>
     <w:rsid w:val="002B3501"/>
     <w:rsid w:val="002B4CBB"/>
     <w:rsid w:val="002B7CE1"/>
     <w:rsid w:val="002C607D"/>
     <w:rsid w:val="002C7081"/>
     <w:rsid w:val="002D1C2B"/>
     <w:rsid w:val="002D7919"/>
     <w:rsid w:val="002E111E"/>
     <w:rsid w:val="002E49B6"/>
@@ -45063,50 +45018,51 @@
     <w:rsid w:val="003401C9"/>
     <w:rsid w:val="00340258"/>
     <w:rsid w:val="00342224"/>
     <w:rsid w:val="00342C18"/>
     <w:rsid w:val="003448E8"/>
     <w:rsid w:val="00347B7B"/>
     <w:rsid w:val="00357630"/>
     <w:rsid w:val="00361DFB"/>
     <w:rsid w:val="00366778"/>
     <w:rsid w:val="00370B9E"/>
     <w:rsid w:val="00371E22"/>
     <w:rsid w:val="0037409A"/>
     <w:rsid w:val="00374B87"/>
     <w:rsid w:val="00376281"/>
     <w:rsid w:val="003765E7"/>
     <w:rsid w:val="00377B49"/>
     <w:rsid w:val="00380589"/>
     <w:rsid w:val="00380D5A"/>
     <w:rsid w:val="00380D5C"/>
     <w:rsid w:val="00384C19"/>
     <w:rsid w:val="00386FA6"/>
     <w:rsid w:val="00387297"/>
     <w:rsid w:val="003906F1"/>
     <w:rsid w:val="00390D87"/>
     <w:rsid w:val="00391FE8"/>
+    <w:rsid w:val="003A0B95"/>
     <w:rsid w:val="003A342C"/>
     <w:rsid w:val="003A3CC1"/>
     <w:rsid w:val="003A427E"/>
     <w:rsid w:val="003A5185"/>
     <w:rsid w:val="003B2306"/>
     <w:rsid w:val="003B51E9"/>
     <w:rsid w:val="003B6C0F"/>
     <w:rsid w:val="003C4006"/>
     <w:rsid w:val="003C509B"/>
     <w:rsid w:val="003D00C0"/>
     <w:rsid w:val="003D1A99"/>
     <w:rsid w:val="003D7C37"/>
     <w:rsid w:val="003F02F7"/>
     <w:rsid w:val="003F064C"/>
     <w:rsid w:val="003F4E05"/>
     <w:rsid w:val="003F588D"/>
     <w:rsid w:val="003F6A5A"/>
     <w:rsid w:val="0040221D"/>
     <w:rsid w:val="00403ACA"/>
     <w:rsid w:val="004109D5"/>
     <w:rsid w:val="00411BC1"/>
     <w:rsid w:val="004141F4"/>
     <w:rsid w:val="00415D94"/>
     <w:rsid w:val="00415FEC"/>
     <w:rsid w:val="0042099F"/>
@@ -45286,50 +45242,51 @@
     <w:rsid w:val="007B582C"/>
     <w:rsid w:val="007C3B57"/>
     <w:rsid w:val="007C4120"/>
     <w:rsid w:val="007C7F13"/>
     <w:rsid w:val="007D5454"/>
     <w:rsid w:val="007D6292"/>
     <w:rsid w:val="007D6891"/>
     <w:rsid w:val="007D7872"/>
     <w:rsid w:val="007E39D3"/>
     <w:rsid w:val="007E6516"/>
     <w:rsid w:val="007F0A1C"/>
     <w:rsid w:val="007F26C8"/>
     <w:rsid w:val="007F7B0A"/>
     <w:rsid w:val="008010DB"/>
     <w:rsid w:val="0080174F"/>
     <w:rsid w:val="00811138"/>
     <w:rsid w:val="00816F44"/>
     <w:rsid w:val="00820306"/>
     <w:rsid w:val="008237DD"/>
     <w:rsid w:val="00823CAD"/>
     <w:rsid w:val="0083029A"/>
     <w:rsid w:val="008411EE"/>
     <w:rsid w:val="00841C68"/>
     <w:rsid w:val="0084614B"/>
     <w:rsid w:val="00846CF4"/>
+    <w:rsid w:val="008477CA"/>
     <w:rsid w:val="00852E74"/>
     <w:rsid w:val="008557BF"/>
     <w:rsid w:val="00857828"/>
     <w:rsid w:val="00862286"/>
     <w:rsid w:val="00865F94"/>
     <w:rsid w:val="00866EA4"/>
     <w:rsid w:val="008704FF"/>
     <w:rsid w:val="00870C9F"/>
     <w:rsid w:val="00875128"/>
     <w:rsid w:val="00876BEF"/>
     <w:rsid w:val="00891E90"/>
     <w:rsid w:val="00892068"/>
     <w:rsid w:val="00892DC2"/>
     <w:rsid w:val="008972C4"/>
     <w:rsid w:val="008A2925"/>
     <w:rsid w:val="008B0435"/>
     <w:rsid w:val="008B2572"/>
     <w:rsid w:val="008B4A65"/>
     <w:rsid w:val="008B51D0"/>
     <w:rsid w:val="008B7058"/>
     <w:rsid w:val="008B74A9"/>
     <w:rsid w:val="008C3D10"/>
     <w:rsid w:val="008C76DB"/>
     <w:rsid w:val="008C7CEB"/>
     <w:rsid w:val="008D42B0"/>
@@ -45594,50 +45551,51 @@
     <w:rsid w:val="00D43F0A"/>
     <w:rsid w:val="00D44B45"/>
     <w:rsid w:val="00D5311C"/>
     <w:rsid w:val="00D56DE2"/>
     <w:rsid w:val="00D57E5E"/>
     <w:rsid w:val="00D6077D"/>
     <w:rsid w:val="00D619CB"/>
     <w:rsid w:val="00D6473F"/>
     <w:rsid w:val="00D65573"/>
     <w:rsid w:val="00D65AEB"/>
     <w:rsid w:val="00D70C64"/>
     <w:rsid w:val="00D736A6"/>
     <w:rsid w:val="00D746A7"/>
     <w:rsid w:val="00D74C03"/>
     <w:rsid w:val="00D76FC8"/>
     <w:rsid w:val="00D7722C"/>
     <w:rsid w:val="00D77F67"/>
     <w:rsid w:val="00D8058C"/>
     <w:rsid w:val="00D83144"/>
     <w:rsid w:val="00D8628B"/>
     <w:rsid w:val="00D86C77"/>
     <w:rsid w:val="00D87D4F"/>
     <w:rsid w:val="00D900AE"/>
     <w:rsid w:val="00D90B6D"/>
     <w:rsid w:val="00D949D1"/>
+    <w:rsid w:val="00D95B98"/>
     <w:rsid w:val="00D97D79"/>
     <w:rsid w:val="00DA3932"/>
     <w:rsid w:val="00DB01AE"/>
     <w:rsid w:val="00DC03A5"/>
     <w:rsid w:val="00DC2115"/>
     <w:rsid w:val="00DC6430"/>
     <w:rsid w:val="00DC6745"/>
     <w:rsid w:val="00DC7DBA"/>
     <w:rsid w:val="00DD5D60"/>
     <w:rsid w:val="00DE2DF2"/>
     <w:rsid w:val="00DF00B8"/>
     <w:rsid w:val="00DF0B53"/>
     <w:rsid w:val="00DF1256"/>
     <w:rsid w:val="00DF1A65"/>
     <w:rsid w:val="00DF1B18"/>
     <w:rsid w:val="00DF2627"/>
     <w:rsid w:val="00DF3549"/>
     <w:rsid w:val="00DF5AA5"/>
     <w:rsid w:val="00DF6238"/>
     <w:rsid w:val="00E00E57"/>
     <w:rsid w:val="00E02851"/>
     <w:rsid w:val="00E0331A"/>
     <w:rsid w:val="00E04AB0"/>
     <w:rsid w:val="00E12FBA"/>
     <w:rsid w:val="00E17459"/>
@@ -48040,89 +47998,89 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADC50DF3-0F57-4FFC-9B98-33776455F6D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3853</Words>
-  <Characters>21968</Characters>
+  <Words>4155</Words>
+  <Characters>21570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>183</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>1198</Lines>
+  <Paragraphs>1118</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DETA-18825-9-E,  OJL Performance Standards Guide - Meetings and Events</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>State of Wisconsin</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25770</CharactersWithSpaces>
+  <CharactersWithSpaces>24607</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DETA-18825-9-E,  OJL Performance Standards Guide - Meetings and Events</dc:title>
   <dc:subject>Identifies prerequisite requirements for the occupational program pathways.</dc:subject>
   <dc:creator>Department of Workforce Development</dc:creator>
   <cp:keywords>performance standards guide, performance, standards, guide, job, learning, on the job learning, apprenticeship</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="date">
-    <vt:lpwstr>08-05-2025</vt:lpwstr>
+    <vt:lpwstr>10-28-2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="division">
     <vt:lpwstr>DET</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="contact">
     <vt:lpwstr>ya@dwd.wisconsin.gov</vt:lpwstr>
   </property>
 </Properties>
 </file>